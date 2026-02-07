--- v0 (2025-12-09)
+++ v1 (2026-02-07)
@@ -2377,95 +2377,96 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A774E7" w14:paraId="01A608EE" w14:textId="77777777" w:rsidTr="004C48EA">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79746726" w14:textId="77777777" w:rsidR="00A774E7" w:rsidRPr="00A774E7" w:rsidRDefault="00A774E7" w:rsidP="00473E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="_Hlk220604355"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>DSCYF/DFS has requested emergency ex parte custody of:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED434C" w14:paraId="3E766913" w14:textId="77777777" w:rsidTr="004C48EA">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="59B14A22" w14:textId="5CE3F143" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="005651EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text22"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text22"/>
+            <w:bookmarkStart w:id="19" w:name="Text22"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00870C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00870C7D">
@@ -2480,51 +2481,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00870C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00870C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0175D29F" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2542,51 +2543,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="201DDBA8" w14:textId="0E5B0210" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00B81196">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text23"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text23"/>
+            <w:bookmarkStart w:id="20" w:name="Text23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2601,51 +2602,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="125" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49F54501" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
@@ -2690,114 +2691,114 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="          "/>
                     <w:listEntry w:val="Asian"/>
                     <w:listEntry w:val="Black/African American"/>
                     <w:listEntry w:val="American Indian/Alaskan Native"/>
                     <w:listEntry w:val="Hawaiian/Other Pacific Islander"/>
                     <w:listEntry w:val="Unknown"/>
                     <w:listEntry w:val="White"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Dropdown7"/>
+            <w:bookmarkStart w:id="21" w:name="Dropdown7"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED434C" w14:paraId="7FEE54F5" w14:textId="77777777" w:rsidTr="004C48EA">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1875" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5FA9C21F" w14:textId="1928C032" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="005651EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text24"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text24"/>
+            <w:bookmarkStart w:id="22" w:name="Text24"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2812,51 +2813,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E891B0C" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2874,51 +2875,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CDF5188" w14:textId="6959B373" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00B81196">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text25"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text25"/>
+            <w:bookmarkStart w:id="23" w:name="Text25"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -2933,51 +2934,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="125" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AAB044F" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -3077,51 +3078,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="753E3D14" w14:textId="67BF68D3" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="005651EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text26"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text26"/>
+            <w:bookmarkStart w:id="24" w:name="Text26"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3136,51 +3137,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6FBA0EB1" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F43A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
@@ -3195,51 +3196,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FD281D4" w14:textId="3209580F" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00B81196">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text27"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="24" w:name="Text27"/>
+            <w:bookmarkStart w:id="25" w:name="Text27"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3254,51 +3255,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="24"/>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="125" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="424CEFA0" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -3398,51 +3399,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5208F3D3" w14:textId="5B39786B" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="005651EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text28"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="25" w:name="Text28"/>
+            <w:bookmarkStart w:id="26" w:name="Text28"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3457,51 +3458,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3C7ECBEE" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F43A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
@@ -3516,51 +3517,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="676240FA" w14:textId="06646F6C" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00B81196">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text29"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="26" w:name="Text29"/>
+            <w:bookmarkStart w:id="27" w:name="Text29"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3575,51 +3576,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="26"/>
+            <w:bookmarkEnd w:id="27"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="125" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="20FD751B" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -3719,51 +3720,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DE5FDD1" w14:textId="43895CAA" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="005651EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text30"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text30"/>
+            <w:bookmarkStart w:id="28" w:name="Text30"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3778,51 +3779,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0B472720" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F43A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
@@ -3837,51 +3838,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43B4B531" w14:textId="3638B58F" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00B81196">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text31"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text31"/>
+            <w:bookmarkStart w:id="29" w:name="Text31"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -3896,51 +3897,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="29"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="125" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CA2F196" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -4040,51 +4041,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="21253C1F" w14:textId="7414C86C" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="005651EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text32"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="29" w:name="Text32"/>
+            <w:bookmarkStart w:id="30" w:name="Text32"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -4099,51 +4100,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="29"/>
+            <w:bookmarkEnd w:id="30"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="377" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C80268A" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00F43A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
@@ -4158,51 +4159,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B53353A" w14:textId="470EC851" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00B81196">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text33"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text33"/>
+            <w:bookmarkStart w:id="31" w:name="Text33"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -4217,51 +4218,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="125" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DB5BB1E" w14:textId="77777777" w:rsidR="00B81196" w:rsidRDefault="00B81196" w:rsidP="00F44882"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="375" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
@@ -4326,50 +4327,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="18"/>
       <w:tr w:rsidR="004C5CC0" w14:paraId="6A0509BB" w14:textId="77777777" w:rsidTr="004C48EA">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50EE88DB" w14:textId="77777777" w:rsidR="004C5CC0" w:rsidRPr="004C5CC0" w:rsidRDefault="004C5CC0" w:rsidP="00D80EC6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -4439,51 +4441,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7B0BE26F" w14:textId="1675FC65" w:rsidR="00D11F4A" w:rsidRDefault="00D11F4A" w:rsidP="00D11F4A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text77"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text77"/>
+            <w:bookmarkStart w:id="32" w:name="Text77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00ED434C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00ED434C">
@@ -4498,51 +4500,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00ED434C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00ED434C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="32"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00473E18" w14:paraId="7CA3B905" w14:textId="77777777" w:rsidTr="004C48EA">
         <w:trPr>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="581A1BA7" w14:textId="77777777" w:rsidR="00473E18" w:rsidRPr="00C52096" w:rsidRDefault="00473E18" w:rsidP="00473E18">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
@@ -4721,51 +4723,51 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D705473" w14:textId="08F13136" w:rsidR="00C52096" w:rsidRDefault="00C52096" w:rsidP="00441E46">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text34"/>
+            <w:bookmarkStart w:id="33" w:name="Text34"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="00870C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00870C7D">
@@ -4780,51 +4782,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00870C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00870C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A1671B" w14:paraId="13B2837A" w14:textId="77777777" w:rsidTr="00BA795E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="785C9AFB" w14:textId="77777777" w:rsidR="00A1671B" w:rsidRDefault="00C52096" w:rsidP="00A1671B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -4924,51 +4926,51 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D4F205B" w14:textId="77777777" w:rsidR="00D11F4A" w:rsidRDefault="00D11F4A" w:rsidP="00D11F4A">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text78"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="33" w:name="Text78"/>
+            <w:bookmarkStart w:id="34" w:name="Text78"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -4983,51 +4985,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="33"/>
+            <w:bookmarkEnd w:id="34"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2F0ABFD5" w14:textId="77777777" w:rsidR="00670262" w:rsidRDefault="00670262" w:rsidP="00A1671B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00670262" w:rsidSect="00473E18">
           <w:headerReference w:type="default" r:id="rId8"/>
           <w:footerReference w:type="default" r:id="rId9"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="288" w:footer="288" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A6E206D" w14:textId="77777777" w:rsidR="00236EDD" w:rsidRPr="00236EDD" w:rsidRDefault="00236EDD" w:rsidP="00236EDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="90"/>
         <w:jc w:val="center"/>
@@ -5117,52 +5119,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
         <w:t>The Family Court of the State of Delaware</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67307436" w14:textId="5F02761C" w:rsidR="00236EDD" w:rsidRDefault="00236EDD" w:rsidP="00236EDD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="cnty"/>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkStart w:id="35" w:name="cnty"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidR="00E40511" w:rsidRPr="00653CC4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E40511" w:rsidRPr="00653CC4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> IF </w:instrText>
       </w:r>
       <w:r w:rsidR="00E40511" w:rsidRPr="00653CC4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E40511" w:rsidRPr="00653CC4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -5526,51 +5528,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6CD369" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00E94489" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:format w:val="UPPERCASE"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text48"/>
+            <w:bookmarkStart w:id="36" w:name="Text48"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5585,51 +5587,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w:rsidRPr="001E5734" w14:paraId="042BDFF2" w14:textId="77777777" w:rsidTr="00E27F73">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3301" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="633BB216" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="001E5734" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -6275,51 +6277,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="322376B6" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0026421F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text118"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text118"/>
+            <w:bookmarkStart w:id="37" w:name="Text118"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6334,51 +6336,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="158E02E8" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00073E43" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
@@ -6401,51 +6403,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47C12005" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0026421F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text119"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="37" w:name="Text119"/>
+            <w:bookmarkStart w:id="38" w:name="Text119"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6460,51 +6462,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="37"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56F646C4" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00073E43" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
@@ -6527,51 +6529,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14333CA6" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0026421F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text120"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="38" w:name="Text120"/>
+            <w:bookmarkStart w:id="39" w:name="Text120"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6586,51 +6588,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="38"/>
+            <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0CAA6F5E" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00073E43" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
@@ -6653,51 +6655,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07BE722B" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0026421F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text121"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text121"/>
+            <w:bookmarkStart w:id="40" w:name="Text121"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6712,51 +6714,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="40"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="302E84AF" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00073E43" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
@@ -6779,51 +6781,51 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C2D19D9" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0026421F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text122"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="40" w:name="Text122"/>
+            <w:bookmarkStart w:id="41" w:name="Text122"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -6838,51 +6840,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="40"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="19458120" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00073E43" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
@@ -7062,127 +7064,127 @@
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="          "/>
                     <w:listEntry w:val="January"/>
                     <w:listEntry w:val="February"/>
                     <w:listEntry w:val="March"/>
                     <w:listEntry w:val="April"/>
                     <w:listEntry w:val="May"/>
                     <w:listEntry w:val="June"/>
                     <w:listEntry w:val="July"/>
                     <w:listEntry w:val="August"/>
                     <w:listEntry w:val="September"/>
                     <w:listEntry w:val="October"/>
                     <w:listEntry w:val="November"/>
                     <w:listEntry w:val="December"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="41" w:name="Dropdown2"/>
+            <w:bookmarkStart w:id="42" w:name="Dropdown2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="41"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="103" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5ABDEEA5" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00E94489" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="383" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43791F0F" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="006031C8" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text123"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Text123"/>
+            <w:bookmarkStart w:id="43" w:name="Text123"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -7197,51 +7199,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="129" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18A96A9A" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00E94489" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E94489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="391" w:type="pct"/>
@@ -7249,51 +7251,51 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="366B5BDB" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00E94489" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text124"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Text124"/>
+            <w:bookmarkStart w:id="44" w:name="Text124"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -7308,51 +7310,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="44"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3065" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4FAFA617" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00E94489" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E94489">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, the Department of Services</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> for Children, Youth and Their</w:t>
@@ -7400,180 +7402,166 @@
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6E46890C" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="008E4300" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="44" w:name="Check20"/>
+            <w:bookmarkStart w:id="45" w:name="Check20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="44"/>
+            <w:bookmarkEnd w:id="45"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4816" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="230479A9" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="008E4300" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Submitted a written </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> alleging dependency, neglect and/or abuse; or</w:t>
+              <w:t>Submitted a written sworn affidavit alleging dependency, neglect and/or abuse; or</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w14:paraId="4539764B" w14:textId="77777777" w:rsidTr="00292352">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="184" w:type="pct"/>
             <w:tcMar>
               <w:left w:w="72" w:type="dxa"/>
               <w:right w:w="72" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="349433D1" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="008E4300" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check21"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="45" w:name="Check21"/>
+            <w:bookmarkStart w:id="46" w:name="Check21"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="45"/>
+            <w:bookmarkEnd w:id="46"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4816" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3494A2E2" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="008E4300" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Presented sworn testimony</w:t>
             </w:r>
             <w:r w:rsidRPr="00A92B6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -7655,51 +7643,51 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7EF4C27C" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text125"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="46" w:name="Text125"/>
+            <w:bookmarkStart w:id="47" w:name="Text125"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -7714,102 +7702,102 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="46"/>
+            <w:bookmarkEnd w:id="47"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0ED5FC4C" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1628" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="423C9CCB" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text126"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Text126"/>
+            <w:bookmarkStart w:id="48" w:name="Text126"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -7824,51 +7812,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="48"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="764" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A57DF87" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w:rsidRPr="00246E7F" w14:paraId="6F189AAB" w14:textId="77777777" w:rsidTr="00292352">
         <w:trPr>
@@ -7881,51 +7869,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5EDD49FF" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text127"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="Text127"/>
+            <w:bookmarkStart w:id="49" w:name="Text127"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -7940,102 +7928,102 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A6CA2A9" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1628" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64A9243B" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text128"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="49" w:name="Text128"/>
+            <w:bookmarkStart w:id="50" w:name="Text128"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8050,51 +8038,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="49"/>
+            <w:bookmarkEnd w:id="50"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="764" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47DFC86B" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w:rsidRPr="00246E7F" w14:paraId="7B0DC282" w14:textId="77777777" w:rsidTr="00292352">
         <w:trPr>
@@ -8107,51 +8095,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1DF27E3F" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="Text129"/>
+            <w:bookmarkStart w:id="51" w:name="Text129"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8166,51 +8154,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="51"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7AE1EE8E" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1628" w:type="pct"/>
@@ -8218,51 +8206,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4889BC37" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text130"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="51" w:name="Text130"/>
+            <w:bookmarkStart w:id="52" w:name="Text130"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8277,51 +8265,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="51"/>
+            <w:bookmarkEnd w:id="52"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="764" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="670662EB" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w:rsidRPr="00246E7F" w14:paraId="5EFAB61A" w14:textId="77777777" w:rsidTr="00292352">
         <w:trPr>
@@ -8334,51 +8322,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="59EC0011" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text131"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="52" w:name="Text131"/>
+            <w:bookmarkStart w:id="53" w:name="Text131"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8393,51 +8381,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="52"/>
+            <w:bookmarkEnd w:id="53"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4DCB7C58" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1628" w:type="pct"/>
@@ -8445,51 +8433,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="126E1297" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text132"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="Text132"/>
+            <w:bookmarkStart w:id="54" w:name="Text132"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8504,51 +8492,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="54"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="764" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="23CBDD6F" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w:rsidRPr="00246E7F" w14:paraId="4890CCD8" w14:textId="77777777" w:rsidTr="00292352">
         <w:trPr>
@@ -8561,51 +8549,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5328E7EC" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text133"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="54" w:name="Text133"/>
+            <w:bookmarkStart w:id="55" w:name="Text133"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8620,51 +8608,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="54"/>
+            <w:bookmarkEnd w:id="55"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="635638D3" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1628" w:type="pct"/>
@@ -8672,51 +8660,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DCEECA9" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text134"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="55" w:name="Text134"/>
+            <w:bookmarkStart w:id="56" w:name="Text134"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8731,51 +8719,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="55"/>
+            <w:bookmarkEnd w:id="56"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="764" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="065A12D3" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w:rsidRPr="00246E7F" w14:paraId="29571489" w14:textId="77777777" w:rsidTr="00292352">
         <w:trPr>
@@ -8788,51 +8776,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="760F4A0A" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="56" w:name="Text135"/>
+            <w:bookmarkStart w:id="57" w:name="Text135"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8847,51 +8835,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="56"/>
+            <w:bookmarkEnd w:id="57"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="380" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43985E17" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>, born</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1628" w:type="pct"/>
@@ -8899,51 +8887,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="475E66F5" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text136"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="57" w:name="Text136"/>
+            <w:bookmarkStart w:id="58" w:name="Text136"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -8958,51 +8946,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="57"/>
+            <w:bookmarkEnd w:id="58"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="764" w:type="pct"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0BA08D3D" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00246E7F" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00246E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CBB882A" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
@@ -9068,51 +9056,51 @@
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
       <w:r w:rsidRPr="00E94489">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> emergency conditions exist sufficient to find probable cause that the child(ren) continue to be in actual physical, mental or emotional danger or there is a substantial risk thereof, based on the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BDA70A" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Hlk93996207"/>
+      <w:bookmarkStart w:id="59" w:name="_Hlk93996207"/>
     </w:p>
     <w:p w14:paraId="7BBE2058" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0029199F" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:framePr w:w="10824" w:h="1351" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="871" w:y="1"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:right="210"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text80"/>
@@ -9177,51 +9165,51 @@
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="47EBB798" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38EF2427" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p w14:paraId="494AAF27" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="512E53D8" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00E94489" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="180"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="795355CA" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -9235,61 +9223,61 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17AA2CDD" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="Check4"/>
+      <w:bookmarkStart w:id="60" w:name="Check4"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00291326">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>mergency conditions exist sufficient to find the existence of probable cause that the child(ren) continue to be in actual physical, mental or emotional danger or there is a substantial risk thereof, based on the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7687E642" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00D020FD" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9440,100 +9428,100 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="417F602A" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00291326" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="Check5"/>
+      <w:bookmarkStart w:id="61" w:name="Check5"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00291326">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ontinuation of residence in the home would be contrary to the welfare of the child(ren), and/or placement would be in the best interest of the child(ren), based on the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E98FC1B" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Hlk93996658"/>
+      <w:bookmarkStart w:id="62" w:name="_Hlk93996658"/>
     </w:p>
     <w:p w14:paraId="5E0C7145" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="62" w:name="_Hlk93996357"/>
-    <w:bookmarkStart w:id="63" w:name="_Hlk93996638"/>
+    <w:bookmarkStart w:id="63" w:name="_Hlk93996357"/>
+    <w:bookmarkStart w:id="64" w:name="_Hlk93996638"/>
     <w:p w14:paraId="1E625FA0" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0029199F" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:framePr w:w="10036" w:h="1816" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1426" w:yAlign="top"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text117"/>
             <w:enabled/>
@@ -9587,53 +9575,53 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p w14:paraId="3EFB44C2" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="488992D4" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60D2AC60" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
@@ -9716,129 +9704,129 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="474059F4" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0AC7C4F4" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p w14:paraId="2CDB79EB" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0059621D" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AE0E577" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00291326" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="64" w:name="Check6"/>
+      <w:bookmarkStart w:id="65" w:name="Check6"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00291326">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>easonable efforts have been made to prevent the unnecessary removal of the child(ren) from his/her home as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CFEFCF" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="003B1D5C" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="642F8920" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkStart w:id="65" w:name="_Hlk93996824"/>
+    <w:bookmarkStart w:id="66" w:name="_Hlk93996824"/>
     <w:p w14:paraId="0EAC81EB" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="0029199F" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:framePr w:w="10036" w:h="2146" w:hSpace="180" w:wrap="around" w:vAnchor="text" w:hAnchor="page" w:x="1426" w:y="-6"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text117"/>
             <w:enabled/>
@@ -9893,51 +9881,51 @@
       </w:r>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="0029199F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p w14:paraId="0B00E06D" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BAE7716" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2F1B5764" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
@@ -10229,51 +10217,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1545537E" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00692CCB" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="66" w:name="Text65"/>
+            <w:bookmarkStart w:id="67" w:name="Text65"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -10288,51 +10276,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="66"/>
+            <w:bookmarkEnd w:id="67"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2262" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1FA0BFB3" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00692CCB" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -10906,79 +10894,79 @@
           <w:p w14:paraId="4B7825AF" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00692CCB" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="67" w:name="Check7"/>
+            <w:bookmarkStart w:id="68" w:name="Check7"/>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="67"/>
+            <w:bookmarkEnd w:id="68"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="pct"/>
             <w:gridSpan w:val="15"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B4A9831" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="005E52C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291326">
@@ -11154,75 +11142,75 @@
           <w:p w14:paraId="14D8CA05" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="005E52C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check47"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="68" w:name="Check47"/>
+            <w:bookmarkStart w:id="69" w:name="Check47"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="68"/>
+            <w:bookmarkEnd w:id="69"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4457" w:type="pct"/>
             <w:gridSpan w:val="12"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5BCAE1CE" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="005E52C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E4A81">
               <w:rPr>
@@ -11438,75 +11426,75 @@
           </w:tcPr>
           <w:p w14:paraId="7B1F77EA" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00692CCB" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="69" w:name="Check13"/>
+            <w:bookmarkStart w:id="70" w:name="Check13"/>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00291326">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="69"/>
+            <w:bookmarkEnd w:id="70"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="pct"/>
             <w:gridSpan w:val="15"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="014837C2" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="005E52C1">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00291326">
@@ -11646,75 +11634,75 @@
           </w:tcPr>
           <w:p w14:paraId="25C28A43" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="004C2ACD" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="70" w:name="Check44"/>
+            <w:bookmarkStart w:id="71" w:name="Check44"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="70"/>
+            <w:bookmarkEnd w:id="71"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2566" w:type="pct"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="333EF03A" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="004C2ACD" w:rsidRDefault="004C48EA" w:rsidP="00A3077D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -11737,51 +11725,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1092AA47" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="004C2ACD" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text143"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="71" w:name="Text143"/>
+            <w:bookmarkStart w:id="72" w:name="Text143"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -11796,51 +11784,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="71"/>
+            <w:bookmarkEnd w:id="72"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="381" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="659B2B06" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="004C2ACD" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -11878,75 +11866,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="          "/>
                     <w:listEntry w:val="January"/>
                     <w:listEntry w:val="February"/>
                     <w:listEntry w:val="March"/>
                     <w:listEntry w:val="April"/>
                     <w:listEntry w:val="May"/>
                     <w:listEntry w:val="June"/>
                     <w:listEntry w:val="July"/>
                     <w:listEntry w:val="August"/>
                     <w:listEntry w:val="September"/>
                     <w:listEntry w:val="October"/>
                     <w:listEntry w:val="November"/>
                     <w:listEntry w:val="December"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="72" w:name="Dropdown4"/>
+            <w:bookmarkStart w:id="73" w:name="Dropdown4"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="72"/>
+            <w:bookmarkEnd w:id="73"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="129" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="68EE5D22" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="004C2ACD" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -11968,51 +11956,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B77E202" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="004C2ACD" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text144"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="73" w:name="Text144"/>
+            <w:bookmarkStart w:id="74" w:name="Text144"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -12027,51 +12015,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="73"/>
+            <w:bookmarkEnd w:id="74"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w:rsidRPr="00692CCB" w14:paraId="094AD1AB" w14:textId="77777777" w:rsidTr="005E52C1">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D12F6B7" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -12120,51 +12108,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3978A1D8" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text145"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="74" w:name="Text145"/>
+            <w:bookmarkStart w:id="75" w:name="Text145"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -12179,162 +12167,162 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="74"/>
+            <w:bookmarkEnd w:id="75"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1249" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="63E59EE7" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check45"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="75" w:name="Check45"/>
+            <w:bookmarkStart w:id="76" w:name="Check45"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="75"/>
+            <w:bookmarkEnd w:id="76"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> AM </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check46"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="76" w:name="Check46"/>
+            <w:bookmarkStart w:id="77" w:name="Check46"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="76"/>
+            <w:bookmarkEnd w:id="77"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> PM with Judge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1250" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B0DF009" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
@@ -12929,75 +12917,75 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="77" w:name="Check12"/>
+            <w:bookmarkStart w:id="78" w:name="Check12"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="77"/>
+            <w:bookmarkEnd w:id="78"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="pct"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FA3C0F4" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00BB2774" w:rsidRDefault="004C48EA" w:rsidP="00A3077D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
@@ -13083,75 +13071,75 @@
           </w:tcPr>
           <w:p w14:paraId="399A25E2" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00BB2774" w:rsidRDefault="004C48EA" w:rsidP="007B5190">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check15"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="78" w:name="Check15"/>
+            <w:bookmarkStart w:id="79" w:name="Check15"/>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="78"/>
+            <w:bookmarkEnd w:id="79"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4756" w:type="pct"/>
             <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69AC1D8D" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00742E4A" w:rsidRDefault="004C48EA" w:rsidP="00A3077D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007103A7">
@@ -13380,51 +13368,51 @@
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1CC8BAED" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="007103A7" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text137"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="79" w:name="Text137"/>
+            <w:bookmarkStart w:id="80" w:name="Text137"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -13439,51 +13427,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="79"/>
+            <w:bookmarkEnd w:id="80"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="438" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5BB7D975" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="007103A7" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13517,75 +13505,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Dropdown3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="          "/>
                     <w:listEntry w:val="January"/>
                     <w:listEntry w:val="February"/>
                     <w:listEntry w:val="March"/>
                     <w:listEntry w:val="April"/>
                     <w:listEntry w:val="May"/>
                     <w:listEntry w:val="June"/>
                     <w:listEntry w:val="July"/>
                     <w:listEntry w:val="August"/>
                     <w:listEntry w:val="September"/>
                     <w:listEntry w:val="October"/>
                     <w:listEntry w:val="November"/>
                     <w:listEntry w:val="December"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="80" w:name="Dropdown3"/>
+            <w:bookmarkStart w:id="81" w:name="Dropdown3"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="80"/>
+            <w:bookmarkEnd w:id="81"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="135" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1EF0091D" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="007103A7" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -13604,51 +13592,51 @@
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="799A6E74" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="007103A7" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text138"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="81" w:name="Text138"/>
+            <w:bookmarkStart w:id="82" w:name="Text138"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -13663,51 +13651,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="81"/>
+            <w:bookmarkEnd w:id="82"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1235" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="348C5EF0" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="007103A7" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -13755,91 +13743,91 @@
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="400A2F37" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="007103A7" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text73"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="82" w:name="Text73"/>
+            <w:bookmarkStart w:id="83" w:name="Text73"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="82"/>
+            <w:bookmarkEnd w:id="83"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C48EA" w:rsidRPr="007103A7" w14:paraId="08A13E50" w14:textId="77777777" w:rsidTr="00E27F73">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="728F9057" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="007103A7" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="007103A7">
               <w:rPr>
@@ -14068,91 +14056,91 @@
             <w:tcW w:w="2340" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="285C047D" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRPr="00122878" w:rsidRDefault="004C48EA" w:rsidP="00E27F73">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00122878">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="date"/>
                     <w:format w:val="M/d/yyyy"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="83" w:name="Text64"/>
+            <w:bookmarkStart w:id="84" w:name="Text64"/>
             <w:r w:rsidRPr="00122878">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00122878">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00122878">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00122878">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00122878">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00122878">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00122878">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00122878">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="83"/>
+            <w:bookmarkEnd w:id="84"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3BDEA79A" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="67D094E3" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="47ECAF6B" w14:textId="77777777" w:rsidR="004C48EA" w:rsidRDefault="004C48EA" w:rsidP="001452A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
@@ -14231,75 +14219,75 @@
           </w:tcPr>
           <w:p w14:paraId="6C10F61C" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="84" w:name="Check9"/>
+            <w:bookmarkStart w:id="85" w:name="Check9"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="84"/>
+            <w:bookmarkEnd w:id="85"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4783" w:type="pct"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61BE6F54" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
@@ -14572,77 +14560,77 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:ddList>
                     <w:listEntry w:val="     "/>
                     <w:listEntry w:val="January"/>
                     <w:listEntry w:val="February"/>
                     <w:listEntry w:val="March"/>
                     <w:listEntry w:val="April"/>
                     <w:listEntry w:val="May"/>
                     <w:listEntry w:val="June"/>
                     <w:listEntry w:val="July"/>
                     <w:listEntry w:val="August"/>
                     <w:listEntry w:val="September"/>
                     <w:listEntry w:val="October"/>
                     <w:listEntry w:val="November"/>
                     <w:listEntry w:val="December"/>
                   </w:ddList>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="85" w:name="Dropdown6"/>
+            <w:bookmarkStart w:id="86" w:name="Dropdown6"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="85"/>
+        <w:bookmarkEnd w:id="86"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="129" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="654B225F" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
@@ -14661,51 +14649,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E7277B2" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="86" w:name="Text56"/>
+            <w:bookmarkStart w:id="87" w:name="Text56"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
@@ -14720,51 +14708,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="86"/>
+            <w:bookmarkEnd w:id="87"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="185" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5866B1B1" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14937,150 +14925,150 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="87" w:name="Check23"/>
+            <w:bookmarkStart w:id="88" w:name="Check23"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="87"/>
+            <w:bookmarkEnd w:id="88"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> AM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="918" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3397FDA9" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="88" w:name="Check24"/>
+            <w:bookmarkStart w:id="89" w:name="Check24"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve">FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="88"/>
+            <w:bookmarkEnd w:id="89"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> PM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> with Judge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1210" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -15287,51 +15275,51 @@
               <w:ind w:left="144"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Respondent </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text154"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="89" w:name="Text154"/>
+            <w:bookmarkStart w:id="90" w:name="Text154"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -15346,51 +15334,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="89"/>
+            <w:bookmarkEnd w:id="90"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> shall be appointed counsel for representation at the Preliminary Protective Hearing, subject to determination of indigency:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00412AC4" w14:paraId="6871A97E" w14:textId="77777777" w:rsidTr="005E1EFB">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3024B32B" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
@@ -15472,213 +15460,213 @@
           </w:tcPr>
           <w:p w14:paraId="376C420B" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="90" w:name="Check48"/>
+            <w:bookmarkStart w:id="91" w:name="Check48"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="90"/>
+            <w:bookmarkEnd w:id="91"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> CLASI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F2E642E" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="91" w:name="Check49"/>
+            <w:bookmarkStart w:id="92" w:name="Check49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="91"/>
+            <w:bookmarkEnd w:id="92"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> ODS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="41C61DCA" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="92" w:name="Check50"/>
+            <w:bookmarkStart w:id="93" w:name="Check50"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="92"/>
+            <w:bookmarkEnd w:id="93"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Contract Attorney</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00412AC4" w:rsidRPr="00FF22F9" w14:paraId="44F8BB83" w14:textId="77777777" w:rsidTr="005E1EFB">
         <w:trPr>
           <w:trHeight w:val="90"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6B80422E" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00FF22F9" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
@@ -15836,75 +15824,75 @@
           </w:tcPr>
           <w:p w14:paraId="153E7C1D" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check54"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="93" w:name="Check54"/>
+            <w:bookmarkStart w:id="94" w:name="Check54"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="93"/>
+            <w:bookmarkEnd w:id="94"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="117" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="192C311D" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="144"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -15930,51 +15918,51 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Respondent </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text155"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="94" w:name="Text155"/>
+            <w:bookmarkStart w:id="95" w:name="Text155"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -15989,51 +15977,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="94"/>
+            <w:bookmarkEnd w:id="95"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> shall be appointed counsel for representation at the Preliminary Protective Hearing, subject to determination of indigency:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00412AC4" w14:paraId="114FAC50" w14:textId="77777777" w:rsidTr="005E1EFB">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="244" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0621FF97" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
@@ -16115,213 +16103,213 @@
           </w:tcPr>
           <w:p w14:paraId="50A0AE2C" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check51"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="95" w:name="Check51"/>
+            <w:bookmarkStart w:id="96" w:name="Check51"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="95"/>
+            <w:bookmarkEnd w:id="96"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> CLASI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="667" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F46AC18" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check52"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="96" w:name="Check52"/>
+            <w:bookmarkStart w:id="97" w:name="Check52"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="96"/>
+            <w:bookmarkEnd w:id="97"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> ODS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1544F3F5" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check53"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="97" w:name="Check53"/>
+            <w:bookmarkStart w:id="98" w:name="Check53"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="97"/>
+            <w:bookmarkEnd w:id="98"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Contract Attorney</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38923648" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="00412AC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C392AFE" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="00412AC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43838F55" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRDefault="00412AC4" w:rsidP="00412AC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -16401,101 +16389,101 @@
           </w:tcPr>
           <w:p w14:paraId="1287F5AD" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check31"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="98" w:name="Check31"/>
+            <w:bookmarkStart w:id="99" w:name="Check31"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="98"/>
+            <w:bookmarkEnd w:id="99"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">DFS DAG: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text146"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="99" w:name="Text146"/>
+            <w:bookmarkStart w:id="100" w:name="Text146"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -16510,51 +16498,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="99"/>
+            <w:bookmarkEnd w:id="100"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="109" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="04E8A4A0" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16572,101 +16560,101 @@
           </w:tcPr>
           <w:p w14:paraId="6C003922" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check32"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="100" w:name="Check32"/>
+            <w:bookmarkStart w:id="101" w:name="Check32"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="100"/>
+            <w:bookmarkEnd w:id="101"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Parent 1: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text147"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="101" w:name="Text147"/>
+            <w:bookmarkStart w:id="102" w:name="Text147"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -16681,51 +16669,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="101"/>
+            <w:bookmarkEnd w:id="102"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5F9CB13B" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -16772,101 +16760,101 @@
           </w:tcPr>
           <w:p w14:paraId="58762C9E" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check33"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="102" w:name="Check33"/>
+            <w:bookmarkStart w:id="103" w:name="Check33"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="102"/>
+            <w:bookmarkEnd w:id="103"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> DFS Worker</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="103" w:name="Text139"/>
+            <w:bookmarkStart w:id="104" w:name="Text139"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -16881,51 +16869,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="103"/>
+            <w:bookmarkEnd w:id="104"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="109" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="489A906D" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16942,219 +16930,219 @@
           </w:tcPr>
           <w:p w14:paraId="6CA37611" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check34"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="104" w:name="Check34"/>
+            <w:bookmarkStart w:id="105" w:name="Check34"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="104"/>
+            <w:bookmarkEnd w:id="105"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Parent 1 Attorney: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="541" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55F56D86" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check64"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="105" w:name="Check64"/>
+            <w:bookmarkStart w:id="106" w:name="Check64"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="105"/>
+            <w:bookmarkEnd w:id="106"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> CLASI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="492" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4377978E" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="106" w:name="Check65"/>
+            <w:bookmarkStart w:id="107" w:name="Check65"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="106"/>
+            <w:bookmarkEnd w:id="107"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> ODS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5DFDEF50" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
@@ -17207,75 +17195,75 @@
           </w:tcPr>
           <w:p w14:paraId="02047E66" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check35"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="107" w:name="Check35"/>
+            <w:bookmarkStart w:id="108" w:name="Check35"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="107"/>
+            <w:bookmarkEnd w:id="108"/>
             <w:r w:rsidRPr="00BB2774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> OCA.Orders@delaware.gov</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="109" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0171C4DB" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
@@ -17299,95 +17287,95 @@
           </w:tcPr>
           <w:p w14:paraId="0499C913" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check55"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="108" w:name="Check55"/>
+            <w:bookmarkStart w:id="109" w:name="Check55"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="108"/>
+            <w:bookmarkEnd w:id="109"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Contract Parent Atty: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text157"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="109" w:name="Text157"/>
+            <w:bookmarkStart w:id="110" w:name="Text157"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -17402,51 +17390,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="109"/>
+            <w:bookmarkEnd w:id="110"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AC39B44" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -17469,104 +17457,104 @@
           <w:p w14:paraId="6BC673D8" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3757109E" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
+          <w:p w14:paraId="3757109E" w14:textId="19AD281F" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00DA4780" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BB2774">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Check37"/>
+                  <w:name w:val="Check39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="110" w:name="Check37"/>
-            <w:r w:rsidRPr="00BB2774">
+            <w:bookmarkStart w:id="111" w:name="Check39"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00BB2774">
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00BB2774">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00BB2774">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="110"/>
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> FC_CIPCoordinator@delaware.gov</w:t>
+            <w:bookmarkEnd w:id="111"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Civil Case Processing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="109" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22254DA6" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -17585,95 +17573,95 @@
           </w:tcPr>
           <w:p w14:paraId="0C20A164" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check66"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="111" w:name="Check66"/>
+            <w:bookmarkStart w:id="112" w:name="Check66"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="111"/>
+            <w:bookmarkEnd w:id="112"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Parent 2: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text156"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="112" w:name="Text156"/>
+            <w:bookmarkStart w:id="113" w:name="Text156"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -17688,51 +17676,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="112"/>
+            <w:bookmarkEnd w:id="113"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="382" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5ADC22C3" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -17755,105 +17743,58 @@
           <w:p w14:paraId="749E6344" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2130" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7B531073" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
+          <w:p w14:paraId="7B531073" w14:textId="0BB77FC4" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="109" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CAB0995" w14:textId="77777777" w:rsidR="00412AC4" w:rsidRPr="00BB2774" w:rsidRDefault="00412AC4" w:rsidP="005E1EFB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -18862,469 +18803,449 @@
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E4247D0" w14:textId="77777777" w:rsidR="001A3154" w:rsidRDefault="001A3154" w:rsidP="00473E18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="04EB0D69" w14:textId="2EC6D517" w:rsidR="00C54420" w:rsidRDefault="00412AC4">
+  <w:p w14:paraId="04EB0D69" w14:textId="130A8E36" w:rsidR="00C54420" w:rsidRDefault="00C54420" w:rsidP="00130BA3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="960"/>
+      </w:tabs>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="036B1E45" w14:textId="77777777" w:rsidR="001A3154" w:rsidRDefault="001A3154" w:rsidP="00473E18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0605E19C" w14:textId="77777777" w:rsidR="001A3154" w:rsidRDefault="001A3154" w:rsidP="00473E18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4C021474" w14:textId="09002B50" w:rsidR="001A3154" w:rsidRDefault="001A3154">
+  <w:p w14:paraId="4C021474" w14:textId="1C06BC93" w:rsidR="001A3154" w:rsidRDefault="001A3154">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form 664</w:t>
     </w:r>
-    <w:r w:rsidR="0049681C">
-[...14 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="06D77797" w14:textId="42CE730B" w:rsidR="001A3154" w:rsidRPr="00473E18" w:rsidRDefault="000C2D9E">
+  <w:p w14:paraId="06D77797" w14:textId="56FCA174" w:rsidR="001A3154" w:rsidRPr="00473E18" w:rsidRDefault="000C2D9E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev </w:t>
     </w:r>
-    <w:r w:rsidR="00412AC4">
+    <w:r w:rsidR="005A525A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>9/25</w:t>
+      <w:t>02/2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5E8DB7BD" w14:textId="03CBA653" w:rsidR="003121F7" w:rsidRDefault="003121F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="72FB0431" w14:textId="51FC3167" w:rsidR="001A3154" w:rsidRDefault="001A3154">
+  <w:p w14:paraId="72FB0431" w14:textId="59FB3F2E" w:rsidR="001A3154" w:rsidRDefault="001A3154">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Form 658</w:t>
     </w:r>
-    <w:r w:rsidR="00EC6A02">
-[...14 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="004F9180" w14:textId="78DB2635" w:rsidR="00EE3A76" w:rsidRPr="00473E18" w:rsidRDefault="00441F0D">
+  <w:p w14:paraId="004F9180" w14:textId="66F1D649" w:rsidR="00EE3A76" w:rsidRPr="00473E18" w:rsidRDefault="00441F0D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>R</w:t>
     </w:r>
     <w:r w:rsidR="001A3154">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>e</w:t>
     </w:r>
     <w:r w:rsidR="000C2D9E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>v</w:t>
     </w:r>
     <w:r w:rsidR="001A3154">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00412AC4">
+    <w:r w:rsidR="00130BA3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>9/25</w:t>
+      <w:t>02/2026</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6EF76A18" w14:textId="0B562B66" w:rsidR="003121F7" w:rsidRDefault="003121F7">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="Dl+JixOmKakogeQ1ZMIFgg38z0aMagfe1qMkhVPTZ1xm5AFg6dq55JgZiBD9feNu59ECjIA7Xg0EOcQsSr7vQg==" w:salt="dKgHL6OvAQ/5w/5r12AltA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="PBCuAPCcZlntOQuF526uDO3kuJU0sVJcwHaeR3umXDgJI8DI8pGDN/qJytD6Qef455cz+s1w9+BsJIfB+BAyNQ==" w:salt="prkMvKwO4G6F0aWnoSOyiQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="38913"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00473E18"/>
     <w:rsid w:val="0005113B"/>
     <w:rsid w:val="000565CF"/>
     <w:rsid w:val="00087EFE"/>
     <w:rsid w:val="000B222A"/>
     <w:rsid w:val="000C2D9E"/>
+    <w:rsid w:val="00130BA3"/>
     <w:rsid w:val="001630EE"/>
     <w:rsid w:val="00180AEC"/>
     <w:rsid w:val="0018549B"/>
     <w:rsid w:val="001A3154"/>
+    <w:rsid w:val="001C7CD6"/>
     <w:rsid w:val="001E7234"/>
     <w:rsid w:val="0021601F"/>
     <w:rsid w:val="00223FA9"/>
     <w:rsid w:val="00236EDD"/>
     <w:rsid w:val="002373A9"/>
     <w:rsid w:val="00241CFC"/>
     <w:rsid w:val="0029114B"/>
     <w:rsid w:val="0029199F"/>
     <w:rsid w:val="002A5656"/>
     <w:rsid w:val="002B5B3D"/>
     <w:rsid w:val="002E138E"/>
     <w:rsid w:val="002E36C1"/>
     <w:rsid w:val="002F0614"/>
     <w:rsid w:val="003121F7"/>
     <w:rsid w:val="0031783E"/>
     <w:rsid w:val="00326B01"/>
     <w:rsid w:val="00347011"/>
     <w:rsid w:val="003A1C5B"/>
     <w:rsid w:val="003E1CF8"/>
     <w:rsid w:val="00412AC4"/>
     <w:rsid w:val="004154C0"/>
     <w:rsid w:val="0042325F"/>
     <w:rsid w:val="00441E46"/>
     <w:rsid w:val="00441F0D"/>
     <w:rsid w:val="00473E18"/>
     <w:rsid w:val="00480D63"/>
     <w:rsid w:val="0049681C"/>
     <w:rsid w:val="004A5B2B"/>
     <w:rsid w:val="004C48EA"/>
     <w:rsid w:val="004C5CC0"/>
     <w:rsid w:val="004C7865"/>
     <w:rsid w:val="0050058B"/>
     <w:rsid w:val="005051EE"/>
     <w:rsid w:val="00516F14"/>
     <w:rsid w:val="005651EA"/>
     <w:rsid w:val="0057245D"/>
     <w:rsid w:val="00574677"/>
     <w:rsid w:val="00581E8B"/>
+    <w:rsid w:val="005A525A"/>
     <w:rsid w:val="005A796A"/>
+    <w:rsid w:val="005C5018"/>
     <w:rsid w:val="005D7C95"/>
     <w:rsid w:val="005F2CB4"/>
     <w:rsid w:val="00641942"/>
     <w:rsid w:val="00653CC4"/>
     <w:rsid w:val="006622DD"/>
     <w:rsid w:val="00670262"/>
     <w:rsid w:val="00700D2E"/>
     <w:rsid w:val="00742E4A"/>
     <w:rsid w:val="00756F80"/>
     <w:rsid w:val="007D037C"/>
     <w:rsid w:val="007D48F8"/>
     <w:rsid w:val="007E0CE6"/>
     <w:rsid w:val="007E6404"/>
     <w:rsid w:val="007F65E9"/>
     <w:rsid w:val="00804906"/>
+    <w:rsid w:val="008307B5"/>
     <w:rsid w:val="00870C7D"/>
     <w:rsid w:val="008728CE"/>
     <w:rsid w:val="008C0930"/>
     <w:rsid w:val="0092023C"/>
+    <w:rsid w:val="0092100D"/>
     <w:rsid w:val="009419D4"/>
     <w:rsid w:val="0096181B"/>
     <w:rsid w:val="009640F0"/>
     <w:rsid w:val="00993654"/>
     <w:rsid w:val="009A16FC"/>
     <w:rsid w:val="009A1C8F"/>
     <w:rsid w:val="009D1A95"/>
     <w:rsid w:val="009E69B5"/>
     <w:rsid w:val="009F4112"/>
     <w:rsid w:val="00A1671B"/>
     <w:rsid w:val="00A22B58"/>
     <w:rsid w:val="00A32520"/>
     <w:rsid w:val="00A774E7"/>
     <w:rsid w:val="00AB2B10"/>
     <w:rsid w:val="00AD2283"/>
     <w:rsid w:val="00AE089F"/>
+    <w:rsid w:val="00B3184E"/>
     <w:rsid w:val="00B47C82"/>
     <w:rsid w:val="00B81196"/>
     <w:rsid w:val="00BA795E"/>
     <w:rsid w:val="00BB002D"/>
     <w:rsid w:val="00BE2C3A"/>
     <w:rsid w:val="00C021F2"/>
     <w:rsid w:val="00C12736"/>
     <w:rsid w:val="00C13EA5"/>
     <w:rsid w:val="00C15F42"/>
     <w:rsid w:val="00C41856"/>
     <w:rsid w:val="00C52096"/>
     <w:rsid w:val="00C54420"/>
     <w:rsid w:val="00C94952"/>
     <w:rsid w:val="00CA067D"/>
+    <w:rsid w:val="00CB7F4E"/>
     <w:rsid w:val="00CF0584"/>
     <w:rsid w:val="00D020FD"/>
     <w:rsid w:val="00D11F4A"/>
     <w:rsid w:val="00D80EC6"/>
     <w:rsid w:val="00D8312D"/>
+    <w:rsid w:val="00DA4780"/>
     <w:rsid w:val="00DB2C43"/>
     <w:rsid w:val="00E06F2D"/>
     <w:rsid w:val="00E26BF2"/>
     <w:rsid w:val="00E33A5C"/>
     <w:rsid w:val="00E40511"/>
+    <w:rsid w:val="00E4569A"/>
     <w:rsid w:val="00EC1428"/>
     <w:rsid w:val="00EC6A02"/>
     <w:rsid w:val="00ED3303"/>
     <w:rsid w:val="00ED434C"/>
     <w:rsid w:val="00EE365F"/>
     <w:rsid w:val="00EE3A76"/>
     <w:rsid w:val="00F0656D"/>
     <w:rsid w:val="00F23623"/>
     <w:rsid w:val="00F44882"/>
     <w:rsid w:val="00F47EA0"/>
     <w:rsid w:val="00F500B9"/>
     <w:rsid w:val="00F77E1D"/>
     <w:rsid w:val="00F84E3A"/>
     <w:rsid w:val="00F967A9"/>
+    <w:rsid w:val="00FF3EF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="34817"/>
+    <o:shapedefaults v:ext="edit" spidmax="38913"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7BCD248A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{832C54E5-149E-4260-AEFE-5EF403DC0F0E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -20131,73 +20052,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CDE11E11-0703-48DE-BA44-E444D7D38A47}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1180</Words>
-  <Characters>6732</Characters>
+  <Words>1173</Words>
+  <Characters>6690</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>56</Lines>
+  <Lines>55</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Courts</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7897</CharactersWithSpaces>
+  <CharactersWithSpaces>7848</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Morett, William (Courts)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>