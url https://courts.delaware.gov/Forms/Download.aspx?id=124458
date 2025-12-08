--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,670 +1,367 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00BE3952" w:rsidRDefault="00BE3952">
+    <w:p w:rsidR="00534CF3" w:rsidRDefault="004A00B1" w:rsidP="006B033F">
       <w:pPr>
-        <w:pStyle w:val="BodyText"/>
-[...99 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Title"/>
+        <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...268 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...23 lines deleted...]
-        </w:pict>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660800" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>2712720</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>-256540</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1257300" cy="1257300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="11" name="Picture 11" descr="test2 Family-Court-grayscale-9per"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 11" descr="test2 Family-Court-grayscale-9per"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1257300" cy="1257300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
       </w:r>
-      <w:r w:rsidR="00401F21" w:rsidRPr="00911C00">
-[...3 lines deleted...]
-        <w:t>The Family Court of the State of Delaware</w:t>
+      <w:r w:rsidR="00534CF3">
+        <w:t xml:space="preserve">The Family Court of the State of </w:t>
       </w:r>
+      <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="place">
+        <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="State">
+          <w:r w:rsidR="00534CF3">
+            <w:t>Delaware</w:t>
+          </w:r>
+        </w:smartTag>
+      </w:smartTag>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00534CF3" w:rsidRDefault="00534CF3" w:rsidP="006B033F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">In and For </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="cnty"/>
       <w:bookmarkStart w:id="1" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Check1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00813BB1">
+      <w:r w:rsidR="00F73FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00813BB1">
+      <w:r w:rsidR="00F73FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> New Castle County  </w:t>
+        <w:t xml:space="preserve"> New Castle</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> County</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Check2"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00813BB1">
+      <w:r w:rsidR="00F73FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00813BB1">
+      <w:r w:rsidR="00F73FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kent County  </w:t>
+        <w:t xml:space="preserve"> Kent</w:t>
+      </w:r>
+      <w:r w:rsidR="00C50901">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> County</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Check3"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00813BB1">
+      <w:r w:rsidR="00F73FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00813BB1">
+      <w:r w:rsidR="00F73FA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sussex County</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="006B033F" w:rsidRDefault="00D43F72" w:rsidP="00D43F72">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MOTION AND AFFIDAVIT FOR INTERIM RELIEF</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="001716C9" w:rsidRPr="001E5734" w:rsidRDefault="001716C9" w:rsidP="00D43F72">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4140"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E5734">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Petitioner</w:t>
       </w:r>
       <w:r w:rsidRPr="001E5734">
         <w:rPr>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -694,188 +391,189 @@
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:tblpXSpec="center" w:tblpY="1"/>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10759" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4310"/>
         <w:gridCol w:w="59"/>
         <w:gridCol w:w="4230"/>
         <w:gridCol w:w="90"/>
         <w:gridCol w:w="2070"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:tr w:rsidR="001E5734" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>File Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:bookmarkStart w:id="5" w:name="Text48"/>
+      <w:tr w:rsidR="001E5734" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text48"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -909,80 +607,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="5"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1033,203 +732,236 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:tr w:rsidR="001E5734" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="00265F9B">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (including Apt)</w:t>
+              <w:t xml:space="preserve"> (including </w:t>
+            </w:r>
+            <w:r w:rsidR="00265F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Apt</w:t>
+            </w:r>
+            <w:r w:rsidR="00055677">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="00265F9B">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Street Address</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (including Apt)</w:t>
+              <w:t xml:space="preserve"> (including </w:t>
+            </w:r>
+            <w:r w:rsidR="00265F9B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Apt</w:t>
+            </w:r>
+            <w:r w:rsidR="00055677">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...6 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="6" w:name="Text50"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -1265,66 +997,67 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:tr w:rsidR="001E5734" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1370,68 +1103,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1482,216 +1215,216 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:tr w:rsidR="001E5734" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>P.O. Box Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Petition Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:tr w:rsidR="001E5734" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1737,68 +1470,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="001E5734">
             <w:pPr>
               <w:ind w:firstLine="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1849,260 +1582,260 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="001E5734" w:rsidRPr="001E5734" w:rsidRDefault="001E5734" w:rsidP="001E5734">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:tr w:rsidR="00E91C8C" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>City</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>State</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Zip Code</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...7 lines deleted...]
-        <w:bookmarkStart w:id="5" w:name="Text57"/>
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:bookmarkStart w:id="7" w:name="Text57"/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text57"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -2138,68 +1871,68 @@
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="5"/>
+            <w:bookmarkEnd w:id="7"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="6" w:name="Text56"/>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:bookmarkStart w:id="8" w:name="Text56"/>
+      <w:tr w:rsidR="00E91C8C" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text56"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2237,81 +1970,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="6"/>
+            <w:bookmarkEnd w:id="8"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2165"/>
                 <w:tab w:val="left" w:pos="3065"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -2360,190 +2093,190 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="90" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="double" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734">
+      <w:tr w:rsidR="00E91C8C" w:rsidRPr="001E5734">
         <w:trPr>
           <w:trHeight w:val="237"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00055677">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Attorney Name </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00055677">
             <w:pPr>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001E5734">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Attorney </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkStart w:id="7" w:name="Text58"/>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidTr="00667BFD">
+      <w:bookmarkStart w:id="9" w:name="Text58"/>
+      <w:tr w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidTr="00055677">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text58"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2580,81 +2313,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="7"/>
+            <w:bookmarkEnd w:id="9"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2703,448 +2436,448 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00E91C8C" w:rsidRPr="001E5734" w:rsidRDefault="00E91C8C" w:rsidP="00E91C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00055677" w:rsidRPr="001E5734" w:rsidTr="00055677">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00055677" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00055677" w:rsidRPr="00055677" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Check23"/>
+            <w:bookmarkStart w:id="10" w:name="Check23"/>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00813BB1">
+            <w:r w:rsidR="00F73FA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00813BB1">
+            <w:r w:rsidR="00F73FA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
+            <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Check24"/>
+            <w:bookmarkStart w:id="11" w:name="Check24"/>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00813BB1">
+            <w:r w:rsidR="00F73FA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00813BB1">
+            <w:r w:rsidR="00F73FA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="11"/>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00055677" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00055677" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00055677" w:rsidRPr="00055677" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Interpreter needed?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00813BB1">
+            <w:r w:rsidR="00F73FA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00813BB1">
+            <w:r w:rsidR="00F73FA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes    </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check24"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00813BB1">
+            <w:r w:rsidR="00F73FA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00813BB1">
+            <w:r w:rsidR="00F73FA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00055677" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00055677" w:rsidRPr="001E5734" w:rsidTr="00055677">
         <w:trPr>
           <w:trHeight w:val="238"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4310" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00055677" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00055677" w:rsidRPr="00055677" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language  </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text95"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="10" w:name="Text95"/>
+            <w:bookmarkStart w:id="12" w:name="Text95"/>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
@@ -3177,83 +2910,83 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="10"/>
+            <w:bookmarkEnd w:id="12"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="59" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00055677" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00055677" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00055677" w:rsidRPr="00055677" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2525"/>
               </w:tabs>
               <w:ind w:left="139"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Language  </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3333,140 +3066,140 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00055677">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="001E5734" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00055677" w:rsidRPr="001E5734" w:rsidRDefault="00055677" w:rsidP="00055677">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00523333" w:rsidRDefault="00523333" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="12"/>
         <w:tblW w:w="10728" w:type="dxa"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5670"/>
         <w:gridCol w:w="5058"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00401F21" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B817BE" w:rsidTr="00B817BE">
         <w:trPr>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5670" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B817BE" w:rsidRDefault="00B817BE" w:rsidP="00D43F72">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Pursuant to Civil Rule 65.2 (b), a proceeding involving </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5058" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B817BE" w:rsidRDefault="00B817BE" w:rsidP="00D43F72">
             <w:pPr>
               <w:ind w:hanging="75"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text65"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="11" w:name="Text65"/>
+            <w:bookmarkStart w:id="13" w:name="Text65"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3499,1629 +3232,1670 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="11"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21">
+      <w:tr w:rsidR="00D43F72">
         <w:trPr>
           <w:trHeight w:val="213"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10728" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...13 lines deleted...]
-              <w:t>having been filed heretofore in this Court, Movant hereby moves the Court for:</w:t>
+          <w:p w:rsidR="00D43F72" w:rsidRDefault="00B817BE" w:rsidP="00D43F72">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">having been filed heretofore in this </w:t>
+            </w:r>
+            <w:r w:rsidR="00D43F72">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Court, Movant hereby moves the Court for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00401F21" w:rsidRPr="0032645F" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00D43F72" w:rsidRPr="0032645F" w:rsidRDefault="00D43F72" w:rsidP="00D43F72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="265" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="470"/>
+        <w:gridCol w:w="469"/>
         <w:gridCol w:w="2141"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="1530"/>
         <w:gridCol w:w="5647"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00667BFD" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B817BE" w:rsidTr="002C091E">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B817BE" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check26"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="Check26"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="14" w:name="Check26"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00813BB1">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F73FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F73FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="12"/>
+            <w:bookmarkEnd w:id="14"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2591" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B817BE" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Temporary Custody of: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7177" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00B817BE" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="Text96"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="15" w:name="Text96"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="15"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667BFD" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="002C091E" w:rsidTr="002C091E">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check27"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="Check27"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="16" w:name="Check27"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00813BB1">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F73FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F73FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="16"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4121" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The following temporary financial relief: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5647" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text97"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="Text97"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="17" w:name="Text97"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="15"/>
+            <w:bookmarkEnd w:id="17"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00667BFD" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="002C091E" w:rsidTr="002C091E">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check28"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="16" w:name="Check28"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="18" w:name="Check28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00813BB1">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="00F73FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00F73FA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="16"/>
+            <w:bookmarkEnd w:id="18"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Other Interim relief: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7627" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text98"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="17" w:name="Text98"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="19" w:name="Text98"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="17"/>
+            <w:bookmarkEnd w:id="19"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00B817BE" w:rsidRDefault="00B817BE" w:rsidP="00D43F72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00D43F72" w:rsidRDefault="00D43F72" w:rsidP="00D43F72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In support thereof, the Movant alleges the following: </w:t>
+        <w:t>In support thereof, the Movant alleges the following</w:t>
+      </w:r>
+      <w:r w:rsidR="002C091E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="265" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="469"/>
         <w:gridCol w:w="5026"/>
         <w:gridCol w:w="2281"/>
         <w:gridCol w:w="2461"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00667BFD" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="002C091E" w:rsidTr="002C091E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5026" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The date the underlying petition was served was: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2281" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text96"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRPr="002C091E" w:rsidRDefault="002C091E" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00667BFD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="002C091E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="002C091E" w:rsidTr="002C091E">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9768" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="002C091E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">AND </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="002C091E" w:rsidTr="00AC7BBE">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="469" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9768" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Specific facts that support a request for entry of an order until the full hearing can be held: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00AC7BBE" w:rsidTr="00AC7BBE">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00AC7BBE" w:rsidRDefault="00AC7BBE" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text99"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="Text99"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="20" w:name="Text99"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="18"/>
+            <w:bookmarkEnd w:id="20"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00AC7BBE" w:rsidTr="00AC7BBE">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00AC7BBE" w:rsidRDefault="00AC7BBE" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text100"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="19" w:name="Text100"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="21" w:name="Text100"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="19"/>
+            <w:bookmarkEnd w:id="21"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00AC7BBE" w:rsidTr="00AC7BBE">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00AC7BBE" w:rsidRDefault="00AC7BBE" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text101"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="20" w:name="Text101"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="22" w:name="Text101"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="20"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="0032645F" w:rsidTr="00AC7BBE">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10237" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00667BFD" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="0032645F" w:rsidRDefault="0032645F" w:rsidP="00474834">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text103"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text103"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:bookmarkStart w:id="23" w:name="Text103"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00667BFD">
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="002C091E" w:rsidRDefault="002C091E" w:rsidP="00D43F72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRPr="00AC7BBE" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="002C091E" w:rsidRPr="00AC7BBE" w:rsidRDefault="00AC7BBE" w:rsidP="00D43F72">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC7BBE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>I understand this Motion should be filed only after Respondent has been served with the underlying petition.</w:t>
+        <w:t xml:space="preserve">I understand this Motion </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AC7BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>should be filed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AC7BBE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only after Respondent has been served with the underlying petition.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00D43F72" w:rsidRDefault="00D43F72" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00D43F72" w:rsidRDefault="00D43F72" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00D43F72" w:rsidRDefault="00D43F72" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00D43F72" w:rsidRDefault="00AC7BBE" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text102"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Text102"/>
+      <w:bookmarkStart w:id="24" w:name="Text102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5154,465 +4928,466 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10440" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4737"/>
         <w:gridCol w:w="3847"/>
         <w:gridCol w:w="236"/>
         <w:gridCol w:w="1260"/>
         <w:gridCol w:w="360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00523333" w:rsidRPr="00991083" w:rsidTr="00991083">
         <w:trPr>
           <w:trHeight w:val="550"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00523333" w:rsidP="00B2246F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5703" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00D43F72" w:rsidP="00991083">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00991083">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Movant</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00AC7BBE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00523333" w:rsidRPr="00991083" w:rsidTr="00991083">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00523333" w:rsidP="00B2246F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00991083">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Sworn to subscribed before me this ______ day of ______________________, _________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00523333" w:rsidRPr="00991083" w:rsidTr="00991083">
         <w:trPr>
           <w:trHeight w:val="540"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10440" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00523333" w:rsidP="00B2246F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00523333" w:rsidRPr="00991083" w:rsidTr="00991083">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4737" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00523333" w:rsidP="00991083">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3847" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00265F9B" w:rsidP="00265F9B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Clerk of Court</w:t>
             </w:r>
+            <w:r w:rsidR="00523333" w:rsidRPr="00991083">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t>/Notary Public</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="236" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00523333" w:rsidP="00991083">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1260" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00523333" w:rsidP="00991083">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00991083">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>/Notary Public</w:t>
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00991083" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00523333" w:rsidRPr="00991083" w:rsidRDefault="00523333" w:rsidP="00991083">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00523333" w:rsidRDefault="00523333" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="000F62DB" w:rsidRDefault="000F62DB" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="009E68BF" w:rsidRDefault="009E68BF" w:rsidP="009E68BF">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009E68BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidRPr="00D765EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>The Family Court Call Center can</w:t>
       </w:r>
       <w:r w:rsidRPr="00C871F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D765EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>provide the date of service (302) 255-0300.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="000F62DB" w:rsidRDefault="000F62DB" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00B9507E" w:rsidRDefault="00B9507E" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00D43F72" w:rsidRDefault="00D43F72" w:rsidP="003124CC">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D43F72">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>AFFIDAVIT OF MAILING</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00265F9B" w:rsidRDefault="00265F9B" w:rsidP="008D746A">
       <w:pPr>
         <w:ind w:right="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10658" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="883"/>
         <w:gridCol w:w="2430"/>
         <w:gridCol w:w="2485"/>
         <w:gridCol w:w="3095"/>
         <w:gridCol w:w="1400"/>
         <w:gridCol w:w="365"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidTr="00474834">
         <w:trPr>
           <w:trHeight w:val="302"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8893" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>I, the Movant, affirm that a true and correct copy of this Motion was placed in the U.S. Mail on</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text49"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:bookmarkStart w:id="25" w:name="Text49"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -5627,95 +5402,96 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="25"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidTr="00474834">
         <w:trPr>
           <w:trHeight w:val="302"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="883" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">day of </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text50"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
@@ -5764,169 +5540,177 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7345" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">and sent to the other party or attorney at the address listed on the petition, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidTr="00474834">
         <w:trPr>
           <w:trHeight w:val="302"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10658" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8267"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>first</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> class postage pre-paid.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidTr="00474834">
         <w:trPr>
           <w:trHeight w:val="337"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
-              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+              <w:instrText xml:space="preserve"> </w:instrText>
+            </w:r>
+            <w:bookmarkStart w:id="26" w:name="Text42"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
@@ -5939,159 +5723,160 @@
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:bookmarkEnd w:id="26"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidTr="00474834">
         <w:trPr>
           <w:trHeight w:val="337"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t>Movant</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t xml:space="preserve"> Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidTr="00474834">
         <w:trPr>
           <w:trHeight w:val="304"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10658" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4EDF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Sworn to subscribed before me this </w:t>
             </w:r>
             <w:r w:rsidRPr="00660730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
@@ -6341,81 +6126,81 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00660730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00660730">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidTr="00474834">
         <w:trPr>
           <w:trHeight w:val="603"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
@@ -6466,10528 +6251,980 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidTr="00667BFD">
+      <w:tr w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidTr="00474834">
         <w:trPr>
           <w:trHeight w:val="578"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5798" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4495" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Clerk of Court/Notary Public</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="365" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00401F21" w:rsidRPr="00DF4EDF" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+          <w:p w:rsidR="00B9507E" w:rsidRPr="00DF4EDF" w:rsidRDefault="00B9507E" w:rsidP="00474834">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00401F21" w:rsidRPr="00EF2422" w:rsidRDefault="00401F21" w:rsidP="00667BFD">
+    <w:p w:rsidR="00B9507E" w:rsidRPr="00EF2422" w:rsidRDefault="00B9507E" w:rsidP="008D746A">
       <w:pPr>
         <w:ind w:right="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D765EF" w:rsidRDefault="00D765EF">
-[...9479 lines deleted...]
-      <w:headerReference w:type="default" r:id="rId13"/>
+    <w:sectPr w:rsidR="00B9507E" w:rsidRPr="00EF2422" w:rsidSect="00055677">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="720" w:right="864" w:bottom="720" w:left="864" w:header="144" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="707" w:right="864" w:bottom="907" w:left="864" w:header="144" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00667BFD" w:rsidRDefault="00667BFD">
+    <w:p w:rsidR="008D746A" w:rsidRDefault="008D746A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00667BFD" w:rsidRDefault="00667BFD">
+    <w:p w:rsidR="008D746A" w:rsidRDefault="008D746A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00795986" w:rsidRDefault="00795986">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00795986" w:rsidRDefault="00795986">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="00795986" w:rsidRDefault="00795986">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00667BFD" w:rsidRDefault="00667BFD">
+    <w:p w:rsidR="008D746A" w:rsidRDefault="008D746A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00667BFD" w:rsidRDefault="00667BFD">
+    <w:p w:rsidR="008D746A" w:rsidRDefault="008D746A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00386087" w:rsidRPr="00386087" w:rsidRDefault="00386087">
+  <w:p w:rsidR="00795986" w:rsidRDefault="00795986">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-      <w:rPr>
-[...2 lines deleted...]
-      </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00386087">
-[...35 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="008A79ED" w:rsidRPr="008A79ED" w:rsidRDefault="008A79ED">
+  <w:p w:rsidR="00055677" w:rsidRDefault="00991083">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:ind w:left="-720"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008A79ED">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Form </w:t>
-[...6 lines deleted...]
-      <w:t>652</w:t>
+      <w:t xml:space="preserve">          </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="008A79ED" w:rsidRPr="008A79ED" w:rsidRDefault="008A79ED">
+  <w:p w:rsidR="00991083" w:rsidRDefault="00055677">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:ind w:left="-720"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008A79ED">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Rev </w:t>
+      <w:t xml:space="preserve">          </w:t>
     </w:r>
+    <w:r w:rsidR="00991083">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:r w:rsidR="00C50901">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t>Form 652</w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00991083" w:rsidRDefault="008D746A">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:ind w:left="-720"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+    </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:sz w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">             Rev </w:t>
+    </w:r>
+    <w:r w:rsidR="00795986">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>11/20</w:t>
     </w:r>
-  </w:p>
-[...8 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00911C00" w:rsidRPr="00911C00" w:rsidRDefault="00911C00">
-[...40 lines deleted...]
-  <w:p w:rsidR="00667BFD" w:rsidRDefault="00667BFD">
+  <w:p w:rsidR="00795986" w:rsidRDefault="00795986">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-  </w:p>
-[...95 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0109768C"/>
+    <w:nsid w:val="0B1C5DB0"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="04090001"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46126F25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="62CC8B62"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="58985BCE"/>
+    <w:lvl w:ilvl="0" w:tplc="97E496FA">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6D0642D2"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D27488F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="56D220BC"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="(%1)"/>
+    <w:tmpl w:val="647EB66A"/>
+    <w:lvl w:ilvl="0" w:tplc="7C6E2C86">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
-        <w:b/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...1 lines deleted...]
-      <w:lvlJc w:val="right"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C63366F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="386A9C16"/>
+    <w:lvl w:ilvl="0" w:tplc="443650C0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E1367F5"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="04090007"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="16"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:doNotTrackMoves/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="y4O71wICTCfATyN2SzNRTE2lbwyuKu6sJoKW73BPaHej6X35Cr8jDskLYxECHtctVwWom/RIEwhdHIr9Nq4zRw==" w:salt="7wQQmtrCOfCehABj6F142Q=="/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="6JIANwYWHBWXjUP6zt8xgaQ/l99FNJDJKzMDXiFYdvI3pBugTew/EUszi3+14BVx2+sEGmPCFUkyfKGXtD4zRg==" w:salt="Uo3qdOJZqZZzlXI7at6cnQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6148"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...2 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...24 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A43995"/>
-[...76 lines deleted...]
-    <w:rsid w:val="00FD3D3E"/>
+    <w:rsidRoot w:val="006B033F"/>
+    <w:rsid w:val="00017A4E"/>
+    <w:rsid w:val="00035618"/>
+    <w:rsid w:val="00055677"/>
+    <w:rsid w:val="000637B0"/>
+    <w:rsid w:val="000D02C8"/>
+    <w:rsid w:val="000D32B6"/>
+    <w:rsid w:val="000F62DB"/>
+    <w:rsid w:val="001716C9"/>
+    <w:rsid w:val="00177681"/>
+    <w:rsid w:val="001E5734"/>
+    <w:rsid w:val="00265F9B"/>
+    <w:rsid w:val="002837A0"/>
+    <w:rsid w:val="002C091E"/>
+    <w:rsid w:val="0030779E"/>
+    <w:rsid w:val="003124CC"/>
+    <w:rsid w:val="00314BB8"/>
+    <w:rsid w:val="0032645F"/>
+    <w:rsid w:val="003800E1"/>
+    <w:rsid w:val="00382F89"/>
+    <w:rsid w:val="003F56F3"/>
+    <w:rsid w:val="00470339"/>
+    <w:rsid w:val="004A00B1"/>
+    <w:rsid w:val="004E6C17"/>
+    <w:rsid w:val="00520A17"/>
+    <w:rsid w:val="00523333"/>
+    <w:rsid w:val="00524C96"/>
+    <w:rsid w:val="00534CF3"/>
+    <w:rsid w:val="005C5607"/>
+    <w:rsid w:val="006676BD"/>
+    <w:rsid w:val="00683FF2"/>
+    <w:rsid w:val="006B033F"/>
+    <w:rsid w:val="006D5927"/>
+    <w:rsid w:val="00795986"/>
+    <w:rsid w:val="008C151E"/>
+    <w:rsid w:val="008D61C4"/>
+    <w:rsid w:val="008D746A"/>
+    <w:rsid w:val="00991083"/>
+    <w:rsid w:val="009B5BEC"/>
+    <w:rsid w:val="009E633B"/>
+    <w:rsid w:val="009E68BF"/>
+    <w:rsid w:val="009F34C3"/>
+    <w:rsid w:val="009F6D3B"/>
+    <w:rsid w:val="00AC7BBE"/>
+    <w:rsid w:val="00B2246F"/>
+    <w:rsid w:val="00B817BE"/>
+    <w:rsid w:val="00B9507E"/>
+    <w:rsid w:val="00B95C26"/>
+    <w:rsid w:val="00B97ABC"/>
+    <w:rsid w:val="00C1208E"/>
+    <w:rsid w:val="00C50901"/>
+    <w:rsid w:val="00C5305E"/>
+    <w:rsid w:val="00C5765F"/>
+    <w:rsid w:val="00D277C8"/>
+    <w:rsid w:val="00D43F72"/>
+    <w:rsid w:val="00DA6183"/>
+    <w:rsid w:val="00E16584"/>
+    <w:rsid w:val="00E91C8C"/>
+    <w:rsid w:val="00EB5C26"/>
+    <w:rsid w:val="00F73FA9"/>
+    <w:rsid w:val="00F84D5A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
+  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="State"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="18433">
-[...1 lines deleted...]
-    </o:shapedefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6148"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{6BE26F54-2844-4761-8A91-8EBFF4D8E85F}"/>
+  <w15:docId w15:val="{DE19BE6A-5D61-4459-B6F4-94DD0865F030}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...104 lines deleted...]
-    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -17145,315 +7382,241 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:ind w:left="-540" w:right="-72"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="001716C9"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
-    <w:uiPriority w:val="9"/>
-[...1 lines deleted...]
-    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00A43995"/>
+    <w:rsid w:val="00055677"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
+      <w:keepNext/>
+      <w:ind w:right="-108"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
-[...5 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:semiHidden/>
     <w:pPr>
-      <w:spacing w:line="360" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:pPr>
+      <w:ind w:left="-450" w:right="-144"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:sz w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:ind w:left="90"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="32"/>
+      <w:b/>
+      <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="00F74008"/>
-[...2 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="000D32B6"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...31 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:link w:val="Heading5"/>
+    <w:rsid w:val="00055677"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:vertAlign w:val="superscript"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style2">
-    <w:name w:val="Style2"/>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Style2Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F74008"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="00055677"/>
     <w:pPr>
-      <w:spacing w:before="120"/>
+      <w:spacing w:line="480" w:lineRule="auto"/>
+      <w:ind w:right="1152"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-      <w:sz w:val="22"/>
-[...9 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Style1Char">
-[...2 lines deleted...]
-    <w:rsid w:val="00F74008"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00055677"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...1 lines deleted...]
-      <w:vertAlign w:val="superscript"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-    <w:name w:val="Title"/>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00397101"/>
+    <w:rsid w:val="00E16584"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60"/>
-[...1 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...52 lines deleted...]
-    <w:rsid w:val="00D765EF"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17673,90 +7836,75 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>6947</Characters>
+  <Pages>2</Pages>
+  <Words>375</Words>
+  <Characters>2144</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>17</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>IMPORTANT INFORMATION REGARDING THE FILING OF A MOTION</vt:lpstr>
+      <vt:lpstr>The Family Court of the State of Delaware</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Judicial Information Center</Company>
+  <Company>State of Delaware</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8149</CharactersWithSpaces>
+  <CharactersWithSpaces>2514</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>IMPORTANT INFORMATION REGARDING THE FILING OF A MOTION</dc:title>
+  <dc:title>The Family Court of the State of Delaware</dc:title>
   <dc:subject/>
-  <dc:creator>Morett, William (Courts)</dc:creator>
+  <dc:creator>Courts</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>